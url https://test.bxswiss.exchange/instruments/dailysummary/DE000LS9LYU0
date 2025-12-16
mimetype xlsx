--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9072cb2cf07a4cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6bdc075af7e419a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936c412da4174744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e19aea6fef484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f2b1c245a5e4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936c412da4174744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5eb2c891914af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e19aea6fef484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JustInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>311,158</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>