--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0bc01a951cc4475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091291896b824c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6454b001f08f4c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6568e3d113594993"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e97149ee1c8421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6454b001f08f4c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3ddb28aaa6477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6568e3d113594993" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte durch Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>250,950</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>