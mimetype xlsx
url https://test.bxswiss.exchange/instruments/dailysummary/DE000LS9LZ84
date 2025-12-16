--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f0c85a778a4540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bbf920160ee4910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc817b5751af84472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b5ec752fa84f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ea6e32330d2446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc817b5751af84472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bc0abc36ba4a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b5ec752fa84f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Top Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>85,153</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>