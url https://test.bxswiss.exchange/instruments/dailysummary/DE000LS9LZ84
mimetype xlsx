--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bbf920160ee4910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f119869a7f04ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b5ec752fa84f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f0dc977001b4c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bc0abc36ba4a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b5ec752fa84f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeffe52fc51a4cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f0dc977001b4c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Top Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>76,992</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,985</x:t>
-[...409 lines deleted...]
-          <x:t>79,947</x:t>
+          <x:t>78,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>