--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65db4009dca54865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a939363df14f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f168b01e284ce5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578908dcd119483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64abdcb813294d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f168b01e284ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R824dd1aeef414568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578908dcd119483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental-Scoring-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,758</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>