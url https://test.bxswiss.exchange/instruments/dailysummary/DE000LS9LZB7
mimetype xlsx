--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a939363df14f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc9df43a6ec45f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578908dcd119483d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf24a34f753c54a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R824dd1aeef414568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578908dcd119483d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd193f549a5dc4587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf24a34f753c54a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental-Scoring-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>102,981</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>102,032</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>