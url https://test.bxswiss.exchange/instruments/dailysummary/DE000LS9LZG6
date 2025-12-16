--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc7fc771535e453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445e7b4670a24cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c2309024df84581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f24b6f251b6402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd54ac1bc234119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c2309024df84581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd3671579a34511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f24b6f251b6402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Ten Favorits</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>526,228</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>