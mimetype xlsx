--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445e7b4670a24cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f695209cc54ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f24b6f251b6402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3d1f217f817413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd3671579a34511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f24b6f251b6402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2531153f8ec4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3d1f217f817413e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Ten Favorits</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>