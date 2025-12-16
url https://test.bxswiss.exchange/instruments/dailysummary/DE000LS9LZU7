--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6a2ebf0b3e4857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb678a164f754ef1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3282add267c44db8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b57912ba48435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd262e287434223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3282add267c44db8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f86797c3b14ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b57912ba48435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>148,817</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,593</x:t>
-[...58 lines deleted...]
-          <x:t>149,578</x:t>
+          <x:t>147,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>