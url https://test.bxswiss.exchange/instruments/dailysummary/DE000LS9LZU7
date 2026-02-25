--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb678a164f754ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76a9a5538de45b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b57912ba48435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d001a90b2684a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f86797c3b14ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b57912ba48435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e88208224c4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d001a90b2684a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>