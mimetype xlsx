--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce6b8af20084037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02b93bf4bac4728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cbd8369e0734709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5570ce439064f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84c115981dde4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cbd8369e0734709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b25bed48fc24f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5570ce439064f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Little Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M0Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>104,426</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>