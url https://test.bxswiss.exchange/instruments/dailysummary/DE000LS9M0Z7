--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02b93bf4bac4728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64590dd81e604939" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5570ce439064f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2aeb405cf74623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b25bed48fc24f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5570ce439064f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c816d68090942ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2aeb405cf74623" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Little Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M0Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>