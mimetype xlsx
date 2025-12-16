--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re796878ccde3412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd37274d01a468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b834d174cb409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4640fe5f8a9e4199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd6e79d49856464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b834d174cb409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5be6000562406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4640fe5f8a9e4199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>364,099</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>