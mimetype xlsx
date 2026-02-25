--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd37274d01a468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9956af96d074e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4640fe5f8a9e4199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34856c732ca145f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5be6000562406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4640fe5f8a9e4199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7027dde4624ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34856c732ca145f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>