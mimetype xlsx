--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e3a1f66d564dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91515335caeb4d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa12f8d9bfe6409c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63821df6fe784c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894b1c438f014113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa12f8d9bfe6409c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re851766a88cd4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63821df6fe784c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>327,963</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>327,941</x:t>
-[...404 lines deleted...]
-          <x:t>354,130</x:t>
+          <x:t>327,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>