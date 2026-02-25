--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91515335caeb4d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e99148a2c114db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63821df6fe784c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebd8d86abae44e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re851766a88cd4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63821df6fe784c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R516ba4eaa0ea47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebd8d86abae44e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>