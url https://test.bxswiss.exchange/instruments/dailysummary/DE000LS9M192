--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf5d10e4d6d4526" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec04a455259468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d452576b95f4d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9b89868ce9648be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce8587c3d8c14199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d452576b95f4d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0878c693c01d477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9b89868ce9648be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Bastard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>536,060</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>