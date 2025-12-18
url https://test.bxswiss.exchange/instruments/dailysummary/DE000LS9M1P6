--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db0b634b83545ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4f289ee32a46d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5502f03f7943e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb25a26cfc94090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R179ac23cfc9b4aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5502f03f7943e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a0ed4ce0b14075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb25a26cfc94090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IB-Insider-Börsenbrief Basis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>164,275</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>