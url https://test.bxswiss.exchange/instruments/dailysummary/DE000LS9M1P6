--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4f289ee32a46d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff61a31e3db45fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb25a26cfc94090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a62afda23e4577"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a0ed4ce0b14075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb25a26cfc94090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906f668f2b7c4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a62afda23e4577" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IB-Insider-Börsenbrief Basis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>