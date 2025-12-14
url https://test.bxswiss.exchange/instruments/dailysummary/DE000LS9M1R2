--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc06b09843d694160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64302a5204924019" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e192f17d1b6445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8037fb6883894517"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856d64c74cff4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e192f17d1b6445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034315d214634fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8037fb6883894517" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bessere Chancen mit Nebenwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,430</x:t>
-[...225 lines deleted...]
-          <x:t>82,660</x:t>
+          <x:t>83,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>