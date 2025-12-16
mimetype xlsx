--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d5a732f5924be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f709f6b74e45c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R273ad284c91d4149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7d45b1864640b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d455d8091ae4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R273ad284c91d4149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37bb9f4ce6d4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7d45b1864640b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,032</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>