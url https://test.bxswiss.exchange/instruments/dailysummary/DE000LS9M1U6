--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f709f6b74e45c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3f2684ba5c34d4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7d45b1864640b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb8ab92fedde4bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37bb9f4ce6d4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7d45b1864640b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69483d97153c47db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb8ab92fedde4bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>183,758</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,757</x:t>
-[...92 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>185,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,736</x:t>
-[...360 lines deleted...]
-          <x:t>183,198</x:t>
+          <x:t>187,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>