--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce919f79a8ef4504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df445d9c9774b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ecf50264b9473b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2cb12d5c7e41f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86d870ec3a84530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ecf50264b9473b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3231204679544ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2cb12d5c7e41f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAx's two-way approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>279,942</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>