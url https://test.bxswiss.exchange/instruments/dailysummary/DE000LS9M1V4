--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df445d9c9774b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0d1b12e4274a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2cb12d5c7e41f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad97424bc55f43e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3231204679544ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2cb12d5c7e41f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207e9a86b82a40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad97424bc55f43e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAx's two-way approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>275,553</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>272,957</x:t>
-[...269 lines deleted...]
-          <x:t>266,650</x:t>
+          <x:t>270,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>