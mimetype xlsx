--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9b03070d3b4386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0181ebd48b4531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6efaef64a5574bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b748a8b352483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca55a5f68a0d4b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6efaef64a5574bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f3ba5f9a32481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b748a8b352483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swing-Trading_Rebound-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>19,473</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>