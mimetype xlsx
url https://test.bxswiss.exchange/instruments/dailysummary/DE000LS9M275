--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0181ebd48b4531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2299647cac4b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b748a8b352483d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6035394fe5134914"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f3ba5f9a32481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b748a8b352483d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed3f78a419740dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6035394fe5134914" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swing-Trading_Rebound-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>