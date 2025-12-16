--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064d246da6764857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b8fe5e9d1e4131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b8a289751e64a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d4ee80628249d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3fd3c322714639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b8a289751e64a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f35402ab6bb4790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d4ee80628249d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technik- und Technologieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,030</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>