--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a122c8d37c4c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31eefdf20ab84cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0637935b0b0422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38b5d711a0340d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2676593c19544b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0637935b0b0422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8a163f50d7e48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38b5d711a0340d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>M-DAXwerte selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>170,067</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>