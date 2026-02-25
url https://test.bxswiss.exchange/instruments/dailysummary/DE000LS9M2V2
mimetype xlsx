--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31eefdf20ab84cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4226dfd0bb411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38b5d711a0340d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1a7de2875d4bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8a163f50d7e48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38b5d711a0340d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2be89fa4391413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1a7de2875d4bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>M-DAXwerte selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>