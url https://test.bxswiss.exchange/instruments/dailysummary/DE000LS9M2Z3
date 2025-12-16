--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ebae1251a744fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9df620c82064732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3edf5442db5c43a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b72735355b418e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24a5295ef734804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3edf5442db5c43a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917eaf6db7c647d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b72735355b418e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International ShareX30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>325,071</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>