--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9df620c82064732" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4d273c771f4a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b72735355b418e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b9ea5e2de347dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917eaf6db7c647d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b72735355b418e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92ef40008394b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b9ea5e2de347dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International ShareX30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>