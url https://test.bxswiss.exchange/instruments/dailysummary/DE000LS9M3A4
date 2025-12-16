--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931d6e6fd75548f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ffb92ade204dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e604e8533c4b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafbf2ed893841e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4dbd0e3ade84147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e604e8533c4b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21cf387f20f94091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafbf2ed893841e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WM/EM Sport Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,992</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>