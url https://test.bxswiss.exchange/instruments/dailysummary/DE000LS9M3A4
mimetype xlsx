--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ffb92ade204dda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a0777eaa9741ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafbf2ed893841e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995d46edcc404553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21cf387f20f94091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafbf2ed893841e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4626ced58414fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995d46edcc404553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WM/EM Sport Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>