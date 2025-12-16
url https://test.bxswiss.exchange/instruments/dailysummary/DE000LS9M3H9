--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495e1e5393d9490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf0272355d14a39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re680242474104de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283deb955852449b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4cb1cb3a10e482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re680242474104de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4feda9f0b979432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283deb955852449b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HypeMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>159,029</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,193</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>168,167</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>