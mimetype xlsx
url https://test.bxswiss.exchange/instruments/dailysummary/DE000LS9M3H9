--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf0272355d14a39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724fb6fb4c0a451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283deb955852449b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921ea7c17c0b49cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4feda9f0b979432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283deb955852449b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86ff44952f3f484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921ea7c17c0b49cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HypeMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>