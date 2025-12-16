--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2697192d8fa4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f426b6ad824699" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e06c1bbd7bd415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ace05bb94c43e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9d36e929d5450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e06c1bbd7bd415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc685fdf4cc294d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ace05bb94c43e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Bayern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>84,288</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,084</x:t>
-[...107 lines deleted...]
-          <x:t>84,323</x:t>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>