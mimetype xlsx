--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f426b6ad824699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f65ab50cecd4b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ace05bb94c43e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc638fbcc4f444048"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc685fdf4cc294d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ace05bb94c43e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad4a59d474f4fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc638fbcc4f444048" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Bayern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>