--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb702c3b890564d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a9ab194dad4e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R304cd1aec0374298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4e5ba602134d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26c3403340644de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R304cd1aec0374298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7337b1b9cc84589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4e5ba602134d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldtaler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...620 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>214,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>