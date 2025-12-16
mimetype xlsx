--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27cc45dfcc44800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75a2e3ed5244b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb8eb7e541a4a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7143ac0c9939443a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474deb45ad0f4d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb8eb7e541a4a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45760e5808ed4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7143ac0c9939443a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Bad Boys (Rüstungsaktien)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>400,901</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>