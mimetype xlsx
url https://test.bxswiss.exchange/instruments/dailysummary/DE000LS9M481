--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75a2e3ed5244b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05ceef2dfa1445a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7143ac0c9939443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f67e98d8f794c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45760e5808ed4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7143ac0c9939443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra915d22dd7424568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f67e98d8f794c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Bad Boys (Rüstungsaktien)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>