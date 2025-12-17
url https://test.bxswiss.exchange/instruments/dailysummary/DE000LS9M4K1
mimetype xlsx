--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa3debbc426f4be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re436a297ac0842bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416790ddb9da4001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra413498aa7b240f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9b978f0e12c49fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416790ddb9da4001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cef04619f8c4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra413498aa7b240f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,539 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>261,271</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>