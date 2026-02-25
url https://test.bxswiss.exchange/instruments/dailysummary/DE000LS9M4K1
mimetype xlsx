--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re436a297ac0842bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13d0fc35b2a4e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra413498aa7b240f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra974591b42134da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cef04619f8c4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra413498aa7b240f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887a757281e14bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra974591b42134da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,539 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...415 lines deleted...]
-          <x:t>257,792</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>253,947</x:t>
-[...80 lines deleted...]
-          <x:t>250,982</x:t>
+          <x:t>257,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>