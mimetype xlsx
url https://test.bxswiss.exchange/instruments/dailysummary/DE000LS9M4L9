--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28249d1d45a4d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cceb01b5b7d44be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ac4449dc7a4efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43f73a041ff49f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c76363e16574b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ac4449dc7a4efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa1ca37911146d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43f73a041ff49f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy the good news</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,046</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>