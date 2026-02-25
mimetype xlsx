--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cceb01b5b7d44be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f2d450a68ec4bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43f73a041ff49f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30f13dec97a4902"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa1ca37911146d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43f73a041ff49f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8480ee4f0f0447fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30f13dec97a4902" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy the good news</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>