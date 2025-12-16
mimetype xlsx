--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f437bd9cf34466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re13d3949ea374a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R282e12a0bde9467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0f6678c84c48b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67cca4d86c74ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R282e12a0bde9467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d943b86965c4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0f6678c84c48b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WACHSTUMSWERT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>152,417</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,088</x:t>
-[...107 lines deleted...]
-          <x:t>154,211</x:t>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>