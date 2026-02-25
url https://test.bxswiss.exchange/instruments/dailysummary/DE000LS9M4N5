--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re13d3949ea374a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824b38b6c4394d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0f6678c84c48b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6cebc8500f44b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d943b86965c4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0f6678c84c48b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e0ae9b3e044703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6cebc8500f44b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WACHSTUMSWERT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>151,376</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>154,777</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>