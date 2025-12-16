--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32554a61a2cb4bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6275bf4237f949d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d7f10fb2ec6436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61632f5c153f4275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806e20006a62451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d7f10fb2ec6436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f936ca1367b45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61632f5c153f4275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>428,279</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>