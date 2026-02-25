--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6275bf4237f949d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e60914b941e47ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61632f5c153f4275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f655b07ab014764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f936ca1367b45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61632f5c153f4275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b680955bbe24d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f655b07ab014764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>