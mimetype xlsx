--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccd5882a69a4651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64832642b0304229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5bb119aa98e46d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf60760f1929644a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f32b4e0cd943c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5bb119aa98e46d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40af738b475b41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf60760f1929644a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>131,537</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>