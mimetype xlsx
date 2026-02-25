--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64832642b0304229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ec7550ca734f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf60760f1929644a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdcb6f95123841e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40af738b475b41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf60760f1929644a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0c5c1305b84418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdcb6f95123841e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,676</x:t>
-[...63 lines deleted...]
-          <x:t>139,832</x:t>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>