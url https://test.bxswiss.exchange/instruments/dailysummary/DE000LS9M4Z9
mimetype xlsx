--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f7a6a2959f4393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3642c69fcc7b4088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R015fe512a4824ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea7fc38a79d42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57939f060eb9491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R015fe512a4824ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bf68f69c7db4f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea7fc38a79d42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>271,368</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,464</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>285,666</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>