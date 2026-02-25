--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3642c69fcc7b4088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8587834435d4ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea7fc38a79d42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2504911ead46ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bf68f69c7db4f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea7fc38a79d42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8496c81d8743d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2504911ead46ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>281,367</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,653</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>273,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>