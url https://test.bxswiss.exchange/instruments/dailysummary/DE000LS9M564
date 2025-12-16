--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65115f4ce394064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9127823e453e444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R475b6d2e420a4f4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7270782f42a46d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bb00cbed99458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R475b6d2e420a4f4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3415da930ed245b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7270782f42a46d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldaktien Pur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>170,515</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>