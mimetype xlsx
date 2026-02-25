--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9127823e453e444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89bc35635185463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7270782f42a46d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4ca351d648a4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3415da930ed245b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7270782f42a46d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra247789361c5479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4ca351d648a4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldaktien Pur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>