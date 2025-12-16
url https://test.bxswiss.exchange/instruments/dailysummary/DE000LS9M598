--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re29b6389ec5d42fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceae1851548346a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc972744443994ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff69cc043264b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb21a0bc4eaf74294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc972744443994ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49bc7e17c2024a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff69cc043264b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blauer Zwerg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>134,527</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>