--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceae1851548346a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97cb2db36da54a44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff69cc043264b3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf09da24fad2e4364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49bc7e17c2024a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff69cc043264b3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbe2328660224f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf09da24fad2e4364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blauer Zwerg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>