--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07dd727758204469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df37acf643141be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719b792047ee4684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf146010ffbf94f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422fdd1edf464e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719b792047ee4684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc886db531b24e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf146010ffbf94f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Oberösterreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,549</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>57,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>