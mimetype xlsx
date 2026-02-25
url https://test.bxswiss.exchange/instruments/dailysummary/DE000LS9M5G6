--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df37acf643141be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d44db55ac134b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf146010ffbf94f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7b0ff732cf645b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc886db531b24e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf146010ffbf94f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f430cb33754df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7b0ff732cf645b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Oberösterreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>