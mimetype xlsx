--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c459ac05224698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f44dde781704d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e3398d21b2d41e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e956654cd164e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d0843a969943b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e3398d21b2d41e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4b8837a0c64bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e956654cd164e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das genetische Alphabet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,351</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>