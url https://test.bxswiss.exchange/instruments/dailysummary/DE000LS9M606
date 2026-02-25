--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f44dde781704d7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036794a1816f407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e956654cd164e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26488837cf6d4ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4b8837a0c64bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e956654cd164e27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61114dac61f4c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26488837cf6d4ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das genetische Alphabet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>