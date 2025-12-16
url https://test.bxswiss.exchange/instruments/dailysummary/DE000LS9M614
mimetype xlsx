--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a69880717d44007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4bacca5d864922" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b494353c59f4269"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra01af79906534e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83873d74eaea46a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b494353c59f4269" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891aa9ee90a24199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra01af79906534e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smartes Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>30,358</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>