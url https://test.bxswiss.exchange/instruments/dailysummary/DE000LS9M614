--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4bacca5d864922" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb241755a693844b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra01af79906534e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raff5fa03cbb34416"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891aa9ee90a24199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra01af79906534e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R627441dfd3e54536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raff5fa03cbb34416" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smartes Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>