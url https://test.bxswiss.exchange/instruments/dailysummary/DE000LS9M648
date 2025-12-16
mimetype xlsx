--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6da46307d24d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df797cbc9f442e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9bee2d7ea245f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04882c3eb4854060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc243cbbb50aa49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9bee2d7ea245f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d42ee784b94049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04882c3eb4854060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends - Growth &amp; Stability</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,709</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>116,903</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>