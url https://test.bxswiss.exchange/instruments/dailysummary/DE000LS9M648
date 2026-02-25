--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df797cbc9f442e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5292f2aab144ac2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04882c3eb4854060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b1c8d28a28c46bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d42ee784b94049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04882c3eb4854060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ee328dfdde4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b1c8d28a28c46bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends - Growth &amp; Stability</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>