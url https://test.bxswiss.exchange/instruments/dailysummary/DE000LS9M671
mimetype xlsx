--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385bf88c84d14ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf11d79f4bab432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ff6c6fc2084d47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb5b23ad3224820"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75657f5fe05d4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ff6c6fc2084d47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786f87dd893d4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb5b23ad3224820" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>135,648</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>