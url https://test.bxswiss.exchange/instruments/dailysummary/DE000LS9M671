--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf11d79f4bab432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc866e036d144019" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb5b23ad3224820"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c304574f32c494d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786f87dd893d4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb5b23ad3224820" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74557b60ff0840c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c304574f32c494d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>140,231</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>