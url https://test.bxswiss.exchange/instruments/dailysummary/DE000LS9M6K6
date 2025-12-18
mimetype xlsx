--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83d44941be6c4065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47587d34425408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9236beab05f4a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e81734ece4410d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35164b7a240c438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9236beab05f4a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a25ba38982417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e81734ece4410d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6K6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>399,066</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>