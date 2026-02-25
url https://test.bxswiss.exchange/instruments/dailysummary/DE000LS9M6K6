--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47587d34425408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ff90ab21c04515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e81734ece4410d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8a3c5a83934400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a25ba38982417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e81734ece4410d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa6ae0bfce5c4e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8a3c5a83934400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6K6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>