--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e18c7841c104c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac1bf0e608b4604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54ced5ea91fb4277"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc2a06b6a9d4805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395a7f986fa046da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54ced5ea91fb4277" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050b794f805b4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc2a06b6a9d4805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALOE Veritas Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6L4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>120,741</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,327</x:t>
-[...220 lines deleted...]
-          <x:t>117,837</x:t>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>