--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac1bf0e608b4604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a40bd0bf5f543f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc2a06b6a9d4805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630ae3ad739c46ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050b794f805b4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc2a06b6a9d4805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rada38de938314850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630ae3ad739c46ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALOE Veritas Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6L4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>126,195</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,921</x:t>
-[...80 lines deleted...]
-          <x:t>123,436</x:t>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>