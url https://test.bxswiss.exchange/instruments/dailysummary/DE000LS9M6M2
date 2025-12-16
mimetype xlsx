--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a51eaa216c64ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a6485cca9d44d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06705f4ffff94285"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeaa98865d6248db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc563b7c15c13454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06705f4ffff94285" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2f1200c6b64ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeaa98865d6248db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradisi gloriae</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>383,170</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>