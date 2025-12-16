--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cfcb29b80e845bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6092c3a1f01417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f490121cbf4d84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef9b3258c6a45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17f9ac9206d64ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f490121cbf4d84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e32efa756e4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef9b3258c6a45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>404,590</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>