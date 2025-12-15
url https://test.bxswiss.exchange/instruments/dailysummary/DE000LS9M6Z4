--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf407ebef153a4f82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122b811f6f434416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775aa7fd74854510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b6b2d862c24545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b7a77aa7aa4f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775aa7fd74854510" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f25e4d1138d4a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b6b2d862c24545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Gamechangers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,604</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>