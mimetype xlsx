--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122b811f6f434416" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb23270146ec24029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b6b2d862c24545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R916f7163f2f84cc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f25e4d1138d4a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b6b2d862c24545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R443be7ec785b405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R916f7163f2f84cc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Gamechangers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>160,580</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>