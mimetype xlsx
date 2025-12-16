--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c65f9ac8a5c4d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36dd200dec534fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff7b1821633410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed3ddc2e2814182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra380179472124bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff7b1821633410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4785259b5ace4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed3ddc2e2814182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pluto-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,497</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>