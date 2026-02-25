--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36dd200dec534fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd44299b866d34942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed3ddc2e2814182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5761a7df9a234172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4785259b5ace4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed3ddc2e2814182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b334604e7e4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5761a7df9a234172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pluto-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>