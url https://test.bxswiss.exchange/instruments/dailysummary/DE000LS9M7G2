--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff105ebd0594197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3121f52dbb3b4e18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbdbe864f6544a75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e099c6b28ce4361"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf773074e235e4761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbdbe864f6544a75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60702821b9ac4922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e099c6b28ce4361" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...453 lines deleted...]
-          <x:t>167,095</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>