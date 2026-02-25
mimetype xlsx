--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3121f52dbb3b4e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5b8036f48d45e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e099c6b28ce4361"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c57e4de6484e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60702821b9ac4922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e099c6b28ce4361" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra47f3f495b794804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c57e4de6484e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>152,431</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,234</x:t>
-[...26 lines deleted...]
-          <x:t>149,894</x:t>
+          <x:t>149,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>