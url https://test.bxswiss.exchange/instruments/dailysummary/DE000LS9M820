--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a62d00149a4a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21bb055d1b34dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33afc1c44bfc4f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R227fecece86c4d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7013d4f87be54b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33afc1c44bfc4f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef44a4cfa264251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R227fecece86c4d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alkoholika, Tabak und Hanf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>53,356</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,835</x:t>
-[...328 lines deleted...]
-          <x:t>54,804</x:t>
+          <x:t>54,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>