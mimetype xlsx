--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21bb055d1b34dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree6c53ff223d4ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R227fecece86c4d6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7560a11c7fa54fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef44a4cfa264251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R227fecece86c4d6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99d0d921d8a4a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7560a11c7fa54fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alkoholika, Tabak und Hanf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>53,449</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,363</x:t>
-[...205 lines deleted...]
-          <x:t>53,566</x:t>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,331</x:t>
+          <x:t>53,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>54,674</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>