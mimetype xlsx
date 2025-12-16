--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc4e67ad88844961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1961d7eb4a0b4e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda3986faf18149f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81d447177284d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a191b5833854dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda3986faf18149f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4971314919a4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81d447177284d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>27,051</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,590</x:t>
-[...301 lines deleted...]
-          <x:t>25,990</x:t>
+          <x:t>27,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>