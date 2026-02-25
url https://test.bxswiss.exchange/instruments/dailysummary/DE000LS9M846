--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1961d7eb4a0b4e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58dbc372769d46e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81d447177284d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ddf9f3b85dd4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4971314919a4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81d447177284d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0223d3c05c004e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ddf9f3b85dd4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>28,822</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,046</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>29,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>