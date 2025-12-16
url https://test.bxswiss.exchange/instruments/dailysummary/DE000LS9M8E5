--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc2891b7c6e45fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995e353a0c9c4b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81afd7b3a9534e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741d7fbdfcf44d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c884ece8fd14886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81afd7b3a9534e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6182ce8ed2ad4b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741d7fbdfcf44d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Secured High Dividend World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,147</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>