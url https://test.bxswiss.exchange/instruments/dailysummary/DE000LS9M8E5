--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995e353a0c9c4b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70942e778ce4dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741d7fbdfcf44d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db01d4ef85d4459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6182ce8ed2ad4b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741d7fbdfcf44d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ac2460711440cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db01d4ef85d4459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Secured High Dividend World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>