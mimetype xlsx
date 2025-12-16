--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f13b11e3774986" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6985c164d83404f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33ac01a62f94ea1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded860142c7c4860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64af070c6aed4907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33ac01a62f94ea1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98583b57554b4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded860142c7c4860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>189,648</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>