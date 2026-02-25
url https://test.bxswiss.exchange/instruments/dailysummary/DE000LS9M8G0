--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6985c164d83404f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ae0dc80865d43e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded860142c7c4860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d4823defa8742fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98583b57554b4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded860142c7c4860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R340f55e559e04e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d4823defa8742fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>185,100</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,966</x:t>
-[...85 lines deleted...]
-          <x:t>183,769</x:t>
+          <x:t>186,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>