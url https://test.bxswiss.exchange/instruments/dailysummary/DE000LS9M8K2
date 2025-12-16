--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re966ed0d8d174d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6d5e06720641e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbcb2fe20bf47f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeee5040909b4290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8c22612f1c44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbcb2fe20bf47f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b708ffdbae14a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeee5040909b4290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,922</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>64,909</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>65,128</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,062</x:t>
-[...53 lines deleted...]
-          <x:t>64,977</x:t>
+          <x:t>65,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,022</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>65,281</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,208</x:t>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>