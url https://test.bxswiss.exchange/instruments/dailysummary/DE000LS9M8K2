--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6d5e06720641e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fb793d61684f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeee5040909b4290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7a38f17c6b4167"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b708ffdbae14a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeee5040909b4290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2cf046bab54c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7a38f17c6b4167" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>64,727</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,622</x:t>
-[...458 lines deleted...]
-          <x:t>65,042</x:t>
+          <x:t>64,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>