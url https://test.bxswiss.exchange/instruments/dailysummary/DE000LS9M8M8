--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e8ecae8190f41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45184336353741fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2396633598a4fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5549b5c5fe0d477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54afa3b75e58491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2396633598a4fa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra631329a5aac4314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5549b5c5fe0d477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>119,590</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>