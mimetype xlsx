--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45184336353741fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b9bf5776c24d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5549b5c5fe0d477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb98c01b044d45dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra631329a5aac4314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5549b5c5fe0d477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63031d6fc1db4d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb98c01b044d45dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>