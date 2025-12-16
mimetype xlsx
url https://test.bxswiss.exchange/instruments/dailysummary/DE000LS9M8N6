--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41616a8f72d5469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe7621d04184a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731898b5b40341c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bce5fea20784c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0459328bcf48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731898b5b40341c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89fa58d322f2445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bce5fea20784c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up! selection world</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,863</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>141,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,099</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>141,955</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,106</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>142,486</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>