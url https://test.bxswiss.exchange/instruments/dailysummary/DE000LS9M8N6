--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe7621d04184a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556594e2e3414caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bce5fea20784c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5905640890d94124"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89fa58d322f2445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bce5fea20784c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86fcff3dcd654b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5905640890d94124" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up! selection world</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>141,437</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,206</x:t>
-[...458 lines deleted...]
-          <x:t>142,124</x:t>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>